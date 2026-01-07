--- v0 (2025-11-02)
+++ v1 (2026-01-07)
@@ -1896,207 +1896,226 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b5d640fc-f89b-46a6-8972-b561d992d46d">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="880dff5a-fa9b-4daf-a7e4-f58c34bb8255">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="f6a0f8dd-63f0-4f2e-ba48-51ca1b711d82" xsi:nil="true"/>
-    <_Flow_SignoffStatus xmlns="b5d640fc-f89b-46a6-8972-b561d992d46d" xsi:nil="true"/>
+    <TaxCatchAll xmlns="7d6f201e-4e9a-4840-9d73-0395b2f98a87" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101004269CE9456035E4EA0E9D9584778E854" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="370e30703995ef2a975b191420acb46a">
-[...2 lines deleted...]
-    <xsd:import namespace="f6a0f8dd-63f0-4f2e-ba48-51ca1b711d82"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101007A46B7771537104A9E99A9FC47E34E26" ma:contentTypeVersion="19" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="45d24dd7cecbf9ab5ea3e0188c7e9e60">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7d6f201e-4e9a-4840-9d73-0395b2f98a87" xmlns:ns3="880dff5a-fa9b-4daf-a7e4-f58c34bb8255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04e8b27a4db4211a286a3b3d0a3d7108" ns2:_="" ns3:_="">
+    <xsd:import namespace="7d6f201e-4e9a-4840-9d73-0395b2f98a87"/>
+    <xsd:import namespace="880dff5a-fa9b-4daf-a7e4-f58c34bb8255"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...13 lines deleted...]
-                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b5d640fc-f89b-46a6-8972-b561d992d46d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7d6f201e-4e9a-4840-9d73-0395b2f98a87" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="共有相手" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="共有相手の詳細情報" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8fee85a1-4405-4b26-9715-365b96518ae4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7d6f201e-4e9a-4840-9d73-0395b2f98a87">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="880dff5a-fa9b-4daf-a7e4-f58c34bb8255" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6f7bac54-fbcc-4c51-ad86-8fd38d8554db" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...4 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6f7bac54-fbcc-4c51-ad86-8fd38d8554db" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_Flow_SignoffStatus" ma:index="23" nillable="true" ma:displayName="承認の状態" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...40 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -2175,66 +2194,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51EBF7BE-BE88-4FB6-8A89-AB76AA31A7F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b5d640fc-f89b-46a6-8972-b561d992d46d"/>
     <ds:schemaRef ds:uri="f6a0f8dd-63f0-4f2e-ba48-51ca1b711d82"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C34055A7-55E3-4806-B515-5C7EFF9F1460}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F39B6E8C-9C3E-4EAF-8420-6CD7A7D506E3}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87F86A3D-3E53-4553-9E8B-A98130CD491E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>223</Words>
   <Characters>77</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
@@ -2247,32 +2251,32 @@
   <CharactersWithSpaces>299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP Customer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101004269CE9456035E4EA0E9D9584778E854</vt:lpwstr>
+    <vt:lpwstr>0x0101007A46B7771537104A9E99A9FC47E34E26</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>